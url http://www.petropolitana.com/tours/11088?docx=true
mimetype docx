--- v0 (2025-11-17)
+++ v1 (2026-01-16)
@@ -375,51 +375,51 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 10 ноября 2025 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 07.12.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 25.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">По программе 8/7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 8 дней/7 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -448,51 +448,51 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Камелия 3*, 0*, По программе, , Только завтраки, 07.12-14.12</w:t>
+              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Камелия 3*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">52125руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -501,51 +501,51 @@
               <w:t xml:space="preserve">38400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Амран, 0*, По программе, , Только завтраки, 07.12-14.12</w:t>
+              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Амран, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">52575руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71700руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -554,51 +554,51 @@
               <w:t xml:space="preserve">39300руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Кадгарон Отель 3*, 0*, По программе, , Только завтраки, 07.12-14.12</w:t>
+              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Кадгарон Отель 3*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">53925руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -607,51 +607,51 @@
               <w:t xml:space="preserve">37500руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Интурист 3* - Снежный Барс 3* - Россия 4* - Отель Планета Люкс 3*, 0*, По программе, , Только завтраки, 07.12-14.12</w:t>
+              <w:t xml:space="preserve">Интурист 3* - Снежный Барс 3* - Россия 4* - Отель Планета Люкс 3*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">56325руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">74250руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -660,51 +660,51 @@
               <w:t xml:space="preserve">37650руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Россия 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 07.12-14.12</w:t>
+              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Россия 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">59025руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">84000руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -713,51 +713,51 @@
               <w:t xml:space="preserve">38550руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Azimut 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 07.12-14.12</w:t>
+              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Azimut 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">62025руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">89850руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>