--- v1 (2026-01-16)
+++ v2 (2026-03-02)
@@ -375,51 +375,51 @@
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 10 ноября 2025 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 25.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 08.03.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">По программе 8/7</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 8 дней/7 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -448,51 +448,51 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Камелия 3*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
+              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Камелия 3*, 0*, По программе, , Только завтраки, 08.03-15.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">52125руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -501,51 +501,51 @@
               <w:t xml:space="preserve">38400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Амран, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
+              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Амран, 0*, По программе, , Только завтраки, 08.03-15.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">52575руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71700руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -554,51 +554,51 @@
               <w:t xml:space="preserve">39300руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Кадгарон Отель 3*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
+              <w:t xml:space="preserve">Машук 2* - Снежный Барс 3* - Россия 4* - Кадгарон Отель 3*, 0*, По программе, , Только завтраки, 08.03-15.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">53925руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">71400руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -607,51 +607,51 @@
               <w:t xml:space="preserve">37500руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Интурист 3* - Снежный Барс 3* - Россия 4* - Отель Планета Люкс 3*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
+              <w:t xml:space="preserve">Интурист 3* - Снежный Барс 3* - Россия 4* - Отель Планета Люкс 3*, 0*, По программе, , Только завтраки, 08.03-15.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">56325руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">74250руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -660,51 +660,51 @@
               <w:t xml:space="preserve">37650руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Россия 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
+              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Россия 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 08.03-15.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">59025руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">84000руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -713,51 +713,51 @@
               <w:t xml:space="preserve">38550руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Azimut 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 25.01-01.02</w:t>
+              <w:t xml:space="preserve">Интурист 3* - Снежный барс 3* - Azimut 4* - Гостиница Владикавказ 4*, 0*, По программе, , Только завтраки, 08.03-15.03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">62025руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">89850руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">NA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>