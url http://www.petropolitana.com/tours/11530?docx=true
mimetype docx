--- v0 (2025-10-27)
+++ v1 (2026-02-25)
@@ -6,71 +6,71 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"> </Override>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"> </Override>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"> </Override>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"> </Override>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"> </Override>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"> </Override>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"> </Override>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"> </Override>
   <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"> </Override>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"> </Override>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"></Relationship><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"></Relationship></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">СПО! Стамбул - для всех 4-8 дн, февраль - октябрь 2025 (трансфер + экскурсия в подарок)</w:t>
+        <w:t xml:space="preserve">СПО! Стамбул - для всех 4-8 дн, февраль - октябрь 2026 (трансфер + экскурсия в подарок)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Продолжительность: 4-8 дней/3-7 ночей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Заезд: ежедневно</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Промо предложение Стамбул для всех!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Проживание+трансферы + обзорная экскурсия в подарок.</w:t>
+        <w:t xml:space="preserve">Проживание+трансферы + экскурсия Панорамы Босфора в подарок.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Авиабилет оплачивается дополнительно.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Детали перелета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Маршрут тура</w:t>
       </w:r>
     </w:p>
@@ -95,124 +95,293 @@
             <w:r>
               <w:t xml:space="preserve">1 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Прилет в Стамбул. Трансфер в отель. 
 Свободное время</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">2 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Завтрак в отеле. 
-09.00 - 14.00 Автобусная обзорная экскурсия по Стамбулу (автобус, гид,) СТАРЫЙ ГОРОД, ВИЗАНТИЙСКИЕ ГОРОДСКИЕ СТЕНЫ, МОНАСТЫРЬ БАЛЫКЛЫ, ЗОЛОТОЙ РОГ, ДВОРЕЦ ДОЛМАБАХЧЕ, ПРОЕЗД В АЗИАТСКУЮ ЧАСТЬ ЧЕРЕЗ БОСФОРСКИЙ МОСТ, ПАНОРАМА ВСЕГО ГОРОДА, ФАБРИКА КОЖАНЫХ И МЕХОВЫХ ИЗДЕЛИЙ</w:t>
+              <w:t xml:space="preserve">Завтрак. Экскурсия Панорамы Босфора (15:00 - 17:00, кроме вторника).
+Маршрут: Золотой Рог, Значение Босфора, Мечеть Султанахмет, 7 холмов и 3 моста, История Босфора Отправьтесь в незабываемое путешествие по Босфору — месту, где Европа встречается с Азией. Прогулка на корабле откроет перед вами дворцы, 
+мечети, мосты и живописные берега, которые особенно впечатляют с воды.
+Экскурсия начинается в районе Золотого Рога, в одном из важнейших центров древнего города.
+Здесь вы почувствуете дыхание истории и увидите старинные памятники византийской и османской эпох. Вы узнаете о стратегическом значении Босфора, который с древности был торговым путём и символом соединения континентов. Три моста и семь холмов Стамбула создают уникальный силуэт, особенно красивый в вечерних огнях.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">3 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Завтрак в отеле. Дополнительно:
-[...1 lines deleted...]
-пн., ср., чт., сб ИППОДРОМ, НЕМЕЦКИЙ ФОНТАН, ГОЛУБАЯ МЕЧЕТЬ, МЕЧЕТЬ СВЯТОЙ СОФИИ, ХАММАМ ХЮРРЕМ СУЛТАН (ОСМОТР СНАРУЖИ), ДВОРЕЦ ТОПКАПЫ, КРУИЗ ПО БОСФОРУ</w:t>
+              <w:t xml:space="preserve">Завтрак. Свободное время. Возможны экскурсии за дополнительную плату.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">4 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Завтрак в отеле. Дополнительно:
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Трансфер в аэропорт. Вылет в СПб.</w:t>
+              <w:t xml:space="preserve">Завтрак. Трансфер в аэропорт. Вылет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">ЭКСКУРСИИ ЗА ДОПОЛНИТЕЛЬНУЮ ПЛАТУ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Исторический центр (09:00 - 15:00)
+ежедневно, кроме вторника
+Маршрут: Дворец Топкапы, Айя-София (снаружи),
+мечеть Султанахмет, Султанахмет, Ипподром, баня
+Хюррем-Султан (снаружи), Немецкий фонтан Откройте для себя сердце города, где Восток встречается с Западом. Наш тур по историческому полуострову — это путешествие сквозь эпохи, по следам султанов и императоров. Вы посетите Дворец Топкапы, окружённый садами и видами на Босфор, где жили правители Османской империи и хранятся бесценные сокровища.
+Затем перед вами откроется величественная Святая София — символ Константинополя и один из самых впечатляющих памятников мира. Огромный купол и золотые мозаики создают неповторимую атмосферу духовности и истории. Рядом расположена Голубая мечеть, поражающая шестью минаретами и узорами из тончайших изразцов. Здесь вы почувствуете истинное спокойствие и сможете сделать незабываемые фотографии.
+На площади Султанахмет вы увидите Немецкий фонтан, подарок кайзера Вильгельма II, и элегантный хаммам Хюррем Султан, созданный архитектором Синаном. Завершает маршрут древний Ипподром, где когда-то проходили торжества и состязания. Этот тур позволит вам увидеть настоящий Стамбул —живой, яркий и многоликий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Исторический центр без посещения Топкапы (09:00 - 12:00)
+ежедневно, кроме вторника
+Маршрут: Дворец Топкапы (снаружи) , Айя-София (снаружи), мечеть Султанахмет, Ипподром, баня Хюррем-Султан (снаружи), Немецкий фонтан Отправьтесь в увлекательное путешествие по историческому полуострову Стамбула — месту, где оживают Османская и Византийская эпохи. Тур начинается с Дворца Топкапы, бывшей резиденции султанов на протяжении четырёх веков. Здесь вы увидите сокровищницы, сады и великолепные виды на Босфор.
+Далее вы посетите легендарный Собор Айя-София, величественный символ города с золотыми мозаиками и огромным куполом. Рядом расположена знаменитая Голубая мечеть, украшенная тысячами изразцов и окружённая
+шестью минаретами — одно из самых узнаваемых зданий Стамбула. На  площади Султанахмет вы увидите Немецкий фонтан, подарок кайзера Вильгельма II, и изысканный хаммам Хюррем Султан, созданный архитектором Синаном.
+Завершает тур прогулка по древнему Ипподрому, где когда-то проходили торжества и скачки. Этот тур подарит вам возможность увидеть сердце Стамбула и почувствовать атмосферу города, где прошлое и настоящее сливаются в одно целое.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Старый Стамбул (09:00 - 15:00)
+ежедневно, кроме понедельника
+Маршрут: Дворец Долмабахче, Мечеть Сулеймание, Малая Айя-София, Цистерна, Площадь Ипподрома, (По воскресеньям вместо цистерны посещается мечеть Шехзаде.) Этот тур познакомит вас с самыми выдающимися памятниками Стамбула и покажет его утончённую, имперскую сторону. Маршрут начинается с
+посещения Дворца Долмабахче, построенного в XIX веке для султана Абдулмеджида. Великолепные залы, хрустальные люстры и роскошная архитектура делают его символом «европейского» Стамбула.
+Далее вы отправитесь к грандиозной мечети Сулеймание, созданной легендарным архитектором Мимаром Синаном для султана Сулеймана Великолепного. Этот комплекс включает медресе, библиотеку, хаммам и
+мавзолей султана — настоящий шедевр османской архитектуры. Следующая остановка — очаровательная Малая Айя-София, построенная в VI веке императором Юстинианом. Когда-то это была церковь святых Сергия и Вакха, а сегодня — одно из старейших и самых элегантных зданий города.
+Завершает тур посещение древней цистерны Бинбирдирек, одного из старейших подземных сооружений Стамбула византийского периода. Атмосферное освещение и ряды каменных колонн создают мистическую атмосферу и оставляют незабываемое впечатление.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Сердце Стамбула (09:00 - 15:00)
+ежедневно, кроме субботы
+Маршрут: Айя-София, Башня Галата (снаружи), Холм Пьера Лоти, Площадь Таксим, Католическая церковь Святого Антуана, Мост Галата, Район Бейоглу Этот тур показывает два облика Стамбула — древний и современный. Вы посетите величественную Айя-Софию, символ города, и подниметесь на Башню Галата, чтобы насладиться панорамой Босфора.
+Далее маршрут проходит через площадь Таксим и улицу Истикляль — центр современной жизни, полный магазинов, кафе и уличных музыкантов. 
+Во второй части тура вы увидите живописный холм Пьера Лоти с видом на Золотой Рог и изящную церковь Святого Антуана. Завершится экскурсия прогулкой по району Бейоглу, где история и современность сливаются в единую атмосферу Стамбула.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Константинополь (09:00 - 18:00)
+ежедневно, кроме субботы
+Маршрут: Девичья башня (снаружи),Айя-София, Обед, Румели Хисары (снаружи), Мост Галата, Католическая церковь Святого Антуана, Башня Галата (снаружи), Площадь Таксим, Район Бейоглу, Холм Пьера Лоти (канатная дорога) Этот тур идеально подойдёт тем, кто хочет за один день увидеть и древний, и современный Стамбул. Утром вы посетите Айя-Софию, Башню Галата и колоритный район Балат, где старинные дома и узкие улочки сохраняют дух прошлого.
+Во второй части маршрута откроется современное лицо города — площадь Таксим, оживлённая улица Истикляль, магазины, кафе и знаменитая церковь Святого Антуана. Здесь чувствуется энергия мегаполиса и европейская атмосфера.
+После обеда вас ждёт морская прогулка по Босфору и Золотому Рогу. С палубы откроются виды на Румели Хисары, Девичью башню и Дворец Бейлербей. Завершает день подъём на холм Пьера Лоти, откуда открывается захватывающая панорама на весь город.
+Этот тур — идеальное сочетание истории, архитектуры и жизни современного Стамбула, путешествие из прошлого в настоящее.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ялова Термаль (07:00 - 18:00)
+По вторникам, четвергам и воскресеньям
+Обед — за дополнительную плату 15 $ Отправьтесь в путешествие к природным источникам здоровья и покоя! Термальные воды Яловы (около 40°C) богаты фтором, натрием и кальцием, оказывают расслабляющее действие и помогают при болях в суставах, кожных и дыхательных заболеваниях.
+Курорт Ялова Терма известен своими горячими источниками ещё со времён Римской империи. Здесь вы сможете насладиться целебными ваннами, паровыми залами и традиционными турецкими хаммамами. Минеральные воды дарят ощущение лёгкости и обновления, а современные спа-зоны обеспечивают комфорт и восстановление тела.
+Тур включает свободное время для отдыха у открытых бассейнов и прогулок по зелёным аллеям. Вокруг комплекса раскинулись парки, редкие деревья и тропинки, где можно насладиться свежим воздухом и природной тишиной.
+Термальные источники Яловы — это идеальное сочетание пользы, природы и умиротворения. Здесь тело отдыхает, а душа находит гармонию.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Принцевы острова (08:00 - 17:00)
+Ежедневно
+Маршрут: Остров Кыналыада ,Монастырь Девы Марии, Морская академия, Бююкада, Обед (на борту/местный ресторан), Монастырь Айя-Георгиос, Дороги для фаэтонов и холмистые улицы Отправьтесь в морское путешествие вдали от шума мегаполиса! Тур на Принцевы острова подарит день покоя, свежего воздуха и живописных видов. Первая остановка — Кыналыада, тихий остров с узкими улочками, монастырём Девы Марии и уютными прибрежными кафе. Его спокойная атмосфера и исторические места делают прогулку по острову по-настоящему умиротворяющей.
+Затем маршрут продолжается на Бююкаду — самый большой и известный из островов. Здесь можно увидеть старинные османские особняки, деревянные виллы и зелёные сады. На вершине острова расположен монастырь Айя-Георгиос, откуда открываются панорамные виды на Мраморное море.
+Прогулка на корабле и обед в местном ресторане создадут атмосферу летнего отдыха у моря. Этот тур — идеальный выбор для тех, кто хочет провести день среди природы, моря и истории, насладившись спокойствием Принцевых островов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ночной круиз по Босфору (19:30 - 23:30)
+Ежедневно
+Маршрут: Дворец Долмабахче, Чираганский дворец, Босфорский мост, Район Ортакёй, Румели Хисары Окунитесь в атмосферу волшебной ночи на Босфоре! Прогулка начинается с пристани Кабаташ и проходит вдоль сияющих огнями берегов двух континентов — Европы и Азии.
+Лёгкий вечерний бриз, огни города и отражения мостов в воде создают неповторимую романтическую атмосферу.
+Во время круиза вас ждёт ужин из блюд турецкой кухни, живая музыка, восточные танцы и яркая шоу-программа «Турецкая ночь». Гости могут наслаждаться представлением, танцевать под современную музыку или просто любоваться панорамой ночного Стамбула с палубы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Огни Стамбула (21:00 - 23:00)
+ежедневно
+Маршрут: Галатский мост и Каракёй, Босфорский мост и район Ортакёй, Ускюдар и Девичья башня, Ночной Стамбул Этот тур подарит вам возможность увидеть Стамбул в его самом ярком и чарующем обличии. Когда город погружается в огни, начинается особая магия — подсвеченные мосты, отражения на воде и живые улицы создают атмосферу, которую невозможно забыть.
+Путешествие начинается у Галатского моста и района Каракей, где открываются виды на Золотой Рог. Улицы с разноцветными зонтами и прибрежные кафе делают это место идеальным для вечерней прогулки и фото.
+Далее маршрут ведёт к Босфорскому мосту и району Ортакёй, знаменитому своими кафе, мечетью и вечерними огнями, создающими узнаваемый силуэт города. На азиатской стороне вы посетите Üскюдар и Девичью башню, откуда
+открываются романтические панорамы Европы и Босфора.
+Тур завершается обзором ночного Стамбула, когда исторические районы и современные улицы сливаются в единый световой поток. В программу входит ужин в одном из лучших ресторанов с видом на город.
+Этот тур идеально подходит для тех, кто хочет ощутить ритм ночного Стамбула — сочетание восточного очарования, огней мегаполиса и духа вечного города.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В стоимость входит</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">трансфер аэропорт - отель - аэропорт</w:t>
@@ -232,321 +401,316 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">питание в зависимости от выбранного отеля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">В ПОДАРОК обзорная экскурсия по Стамбулу За дополнительную плату возможны следующие экскурсионные пакеты:СТАМБУЛ - ВСЕ САМОЕ ИНТЕРЕСНОЕ. (2 экскурсии на целый день + 2 обеда + круиз по Босфору):08.30 - 18.00 ВЕЛИКОЛЕПНЫЙ ВЕК: ИППОДРОМ, НЕМЕЦКИЙ ФОНТАН, ГОЛУБАЯ МЕЧЕТЬ, МЕЧЕТЬ СВЯТОЙ СОФИИ, ХАММАМ ХЮРРЕМ СУЛТАН (ОСМОТР СНАРУЖИ), ДВОРЕЦ ТОПКАПЫ, КРУИЗ ПО БОСФОРУ, ТРАНСФЕР, ГИД, ОБЕД (пн., ср.чт.сб)</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">08.00 - 18.00 ДВОРЕЦ ДОЛМАБАХЧЕ, МЕЧЕТЬ СУЛЕЙМАНИЕ, ЦИСТЕРНА БАЗИЛИКА, МАЛАЯ СВЯТАЯ СОФИЯ, ГАЛАТСКАЯ БАШНЯ, ТРАНФСЕР, ГИД, ОБЕД (вт.,пт., вс)</w:t>
+        <w:t xml:space="preserve">В ПОДАРОК экскурсия Панорамы Босфора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплачивается дополнительно</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Медицинская страховка (в день)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Авиаперелет СПб-Стамбул-СПб от</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">39 614руб.</w:t>
+              <w:t xml:space="preserve">38 995руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительные групповые экскурсии</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Термальные источники Ялова  (ср.,чт, сб, вс)</w:t>
-[...142 lines deleted...]
-              <w:t xml:space="preserve">27 054руб.</w:t>
+              <w:t xml:space="preserve">Исторический центр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8 047руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Исторический центр без посещения Топкапы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 426руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Старый Стамбул</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8 047руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Сердце Стамбула</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7 242руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Константинополь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8 852руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ялова Термаль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 426руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Принцевы острова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 426руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ночной круиз по Босфору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 426руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ночной круиз по Босфору безлимитными алкогольными напитками (вино, пиво, ракы, водка и местные напитки).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6 438руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Огни Стамбула</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5 633руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Очередность проведения экскурсий может быть изменена с сохранением полного объема</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Цены рассчитаны на 10 февраля 2025 года</w:t>
+        <w:t xml:space="preserve">Цены рассчитаны на 5 февраля 2026 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 28.10.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 26.02.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Стамбул 4/3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 4 дня/3 ночи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -575,2906 +739,4616 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">TRPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">14493руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 25.02-14.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20068руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34430руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2995руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1449руб.</w:t>
+              <w:t xml:space="preserve">3709руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6658руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Mark, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">15266руб.</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 25.02-01.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17881руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28628руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3188руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1739руб.</w:t>
+              <w:t xml:space="preserve">2948руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4756руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Hali, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">17971руб.</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 25.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18261руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28248руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5121руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2512руб.</w:t>
+              <w:t xml:space="preserve">3139руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4660руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Yenikapi, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 25.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19307руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34430руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5797руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3424руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6658руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Premist hotel Sultanahmet, 4*, Стамбул, Economy, Только завтраки, 25.02-15.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18927руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32623руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20354руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6377руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3329руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6087руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3804руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Golden Horn, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 25.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">22922руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40232руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23968руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6570руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">4660руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8560руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5041руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">20387руб.</w:t>
+              <w:t xml:space="preserve">Black Tulip, 4*, Стамбул, Economy, Только завтраки, 25.02-19.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20354руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">36617руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6763руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">3285руб.</w:t>
+              <w:t xml:space="preserve">3804руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7419руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Old City, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">62513руб.</w:t>
+              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 25.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">21875руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38044руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8116руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">14590руб.</w:t>
+              <w:t xml:space="preserve">4280руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7894руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Downtown, 5*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">63286руб.</w:t>
+              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 25.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15313руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25014руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8309руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">14879руб.</w:t>
+              <w:t xml:space="preserve">2188руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3614руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Fuat Bey Palace, 3*, Стамбул, Superior City View, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Hali, 3*, Стамбул, Standard, Только завтраки, 25.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18927руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30435руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8599руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3329руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5326руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">13237руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 25.02-18.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25775руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">45653руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2029руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1063руб.</w:t>
+              <w:t xml:space="preserve">5611руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10367руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">The Laila Hotel, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 25.02-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">22922руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40232руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2995руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">4660руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8560руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">The Reina, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">12078руб.</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 25.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29484руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">47460руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25775руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3382руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">773руб.</w:t>
+              <w:t xml:space="preserve">6753руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10938руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5611руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Aleph, 4*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">40580руб.</w:t>
+              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 25.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14267руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23207руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3961руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">7826руб.</w:t>
+              <w:t xml:space="preserve">1807руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">2948руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Blue Istanbul Hotel, 3*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">40967руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 25.02-19.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14552руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25394руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4348руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8019руб.</w:t>
+              <w:t xml:space="preserve">1902руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3709руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">21933руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 25.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14932руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23968руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4348руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">3768руб.</w:t>
+              <w:t xml:space="preserve">1997руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3234руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">46088руб.</w:t>
+              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 25.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15313руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23968руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4831руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">9565руб.</w:t>
+              <w:t xml:space="preserve">2188руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3234руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Black Tulip, 4*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">52368руб.</w:t>
+              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15693руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24633руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5701руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">11498руб.</w:t>
+              <w:t xml:space="preserve">2283руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3424руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Deluxe Newport, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">42513руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15693руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25394руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4734руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8503руб.</w:t>
+              <w:t xml:space="preserve">2283руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3709руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Palde, 3*, Стамбул, Deluxe, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18927руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30435руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5894руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3329руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5326руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">16812руб.</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20068руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">36237руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2899руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2222руб.</w:t>
+              <w:t xml:space="preserve">3709руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7228руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ala Sofia, 3*, Стамбул, Budget, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">41353руб.</w:t>
+              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 01.03-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27677руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">49647руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4445руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8116руб.</w:t>
+              <w:t xml:space="preserve">6182руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">11699руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Legacy Ottoman Hotel, 5*, Стамбул, Guest room, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33384руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">55069руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25775руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8503руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">8084руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13411руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5611руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sogut Old City, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 02.03-20.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17881руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29009руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5314руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">2948руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4851руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">The Byzantium Hotel and Suites, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 14.03-14.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29484руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">53642руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5314руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">6753руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12935руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">54687руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 15.03-18.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28343руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51074руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6184руб.</w:t>
+              <w:t xml:space="preserve">6467руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">12174руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Orka Royal, 4*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">47247руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 19.03-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31291руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">56876руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5217руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">9952руб.</w:t>
+              <w:t xml:space="preserve">7419руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14076руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">51982руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 20.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">16454руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28628руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5701руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">11401руб.</w:t>
+              <w:t xml:space="preserve">2473руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4756руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Premist hotel Sultanahmet, 4*, Стамбул, Economy, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">28213руб.</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 21.03-15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">21114руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32623руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5701руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">5701руб.</w:t>
+              <w:t xml:space="preserve">4090руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6087руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Yasmak Sultan Hotel, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">23092руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17120руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26821руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">7343руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">4155руб.</w:t>
+              <w:t xml:space="preserve">2758руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4185руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Antusa Palace Hotel, 4*, Стамбул, Standard, Только завтраки, 27.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">33720руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17881руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30816руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">7826руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">7343руб.</w:t>
+              <w:t xml:space="preserve">2948руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5516руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 27.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">45025руб.</w:t>
+              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19307руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31577руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">12078руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3424руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5707руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 01.04-25.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20068руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34430руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3709руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6658руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20068руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32242руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3709руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5992руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23968руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">43846руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5041руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9796руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.04-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30530руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">55449руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23968руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7133руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13601руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5041руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.04-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">39946руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">70286руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31577руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10272руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18451руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7514руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 19.05-21.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38900руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">72474руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9891руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 22.05-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28343руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51074руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6467руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12174руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25775руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">46033руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">22541руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5611руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10462руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4565руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26536руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">47460руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5802руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10938руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 01.06-15.07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31291руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">57256руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7419руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14171руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38139руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">66292руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27677руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9606руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17120руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6182руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 16.07-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31291руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">57256руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7419руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14171руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 01.09-15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28343руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51074руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6467руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12174руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.09-14.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30530руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">55449руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23968руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7133руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13601руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5041руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.09-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">39946руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">70286руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31577руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10272руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18451руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7514руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.11-27.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18261руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28248руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3139руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4660руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.11-27.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18546руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31196руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3234руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5611руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 15.11-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23682руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">42039руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24729руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4851руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5231руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 16.11-28.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18927руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28628руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9131руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3329руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4756руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">95руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>