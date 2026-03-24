--- v0 (2026-01-29)
+++ v1 (2026-03-24)
@@ -332,179 +332,179 @@
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">консульский сбор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6 710руб.</w:t>
+              <w:t xml:space="preserve">6 962руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Медицинская страховка (в сутки)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">96руб.</w:t>
+              <w:t xml:space="preserve">99руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Входные билеты в музеи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Чаевые водителю и ассистенту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Наушники на весь период поездки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1 917руб.</w:t>
+              <w:t xml:space="preserve">1 989руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доплата за первый ряд в автобусе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5 272руб.</w:t>
+              <w:t xml:space="preserve">5 470руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доплата за второй ряд в автобусе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4 314руб.</w:t>
+              <w:t xml:space="preserve">4 476руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доплата за третий ряд в автобусе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3 355руб.</w:t>
+              <w:t xml:space="preserve">3 481руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Любой ряд кроме первых трех</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1 438руб.</w:t>
+              <w:t xml:space="preserve">1 492руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Налог в отелях от 2-х до 5,5 евро в сутки на человека</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
@@ -791,65 +791,65 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Отель 3*, 3*, по программе, Standard, Только завтраки, 24.04-01.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">59817руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">58091руб.</w:t>
+              <w:t xml:space="preserve">62063руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">99460руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">60273руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">